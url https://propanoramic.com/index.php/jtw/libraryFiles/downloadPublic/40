--- v0 (2025-12-02)
+++ v1 (2026-03-04)
@@ -8,303 +8,354 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="10B4C50F" w14:textId="6BEABFFD" w:rsidR="00993A62" w:rsidRPr="00CA4653" w:rsidRDefault="006F725A" w:rsidP="00EB503E">
+    <w:p w14:paraId="10B4C50F" w14:textId="6BEABFFD" w:rsidR="00993A62" w:rsidRPr="00CD748E" w:rsidRDefault="006F725A" w:rsidP="00EB503E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:bidi="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="27D44EFD" wp14:editId="1F82F69A">
-            <wp:extent cx="6466205" cy="1212215"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="27D44EFD" wp14:editId="1976EC0A">
+            <wp:extent cx="5715000" cy="1212215"/>
             <wp:effectExtent l="0" t="0" r="0" b="6985"/>
             <wp:docPr id="58746842" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="58746842" name="Picture 58746842"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6466205" cy="1212215"/>
+                      <a:ext cx="5715000" cy="1212215"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BC74168" w14:textId="23D39C18" w:rsidR="005F61EC" w:rsidRDefault="005F61EC" w:rsidP="006F725A">
+    <w:p w14:paraId="3BC74168" w14:textId="23D39C18" w:rsidR="005F61EC" w:rsidRPr="00CD748E" w:rsidRDefault="005F61EC" w:rsidP="006F725A">
       <w:pPr>
         <w:ind w:right="544"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2123E991" w14:textId="5EB976F0" w:rsidR="00602ED7" w:rsidRPr="005772D8" w:rsidRDefault="005772D8" w:rsidP="00EB503E">
-[...1 lines deleted...]
-        <w:ind w:left="284" w:right="544"/>
+    <w:p w14:paraId="6A6B552B" w14:textId="71C3F2DA" w:rsidR="00D64272" w:rsidRPr="00137948" w:rsidRDefault="005772D8" w:rsidP="003D1528">
+      <w:pPr>
+        <w:ind w:right="544"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137948">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-ID"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The title uses </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003D1528" w:rsidRPr="00137948">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Avenir Next</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137948">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00137948">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137948">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>ets MS 14 font and capital case for the first word only</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> font and capital case for the first word only</w:t>
+      </w:r>
+      <w:r w:rsidR="007A533A" w:rsidRPr="00137948">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A6B552B" w14:textId="77777777" w:rsidR="00D64272" w:rsidRPr="00CA4653" w:rsidRDefault="007A533A" w:rsidP="004C5D6F">
+    <w:p w14:paraId="32AF53E0" w14:textId="2C164519" w:rsidR="00D64272" w:rsidRPr="00CD748E" w:rsidRDefault="004313F5" w:rsidP="00BD71AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:bidi="en-US"/>
-[...7 lines deleted...]
-          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:bidi="en-US"/>
-[...13 lines deleted...]
-          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Author’s </w:t>
+      </w:r>
+      <w:r w:rsidR="000C0DF1" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:bidi="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name </w:t>
+      </w:r>
+      <w:r w:rsidR="00137948">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Author’s </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">using </w:t>
+      </w:r>
+      <w:r w:rsidR="002C78E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Name 10 pts + orchid each author</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">Avenir </w:t>
+      </w:r>
+      <w:r w:rsidR="00137948">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="002C78E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ext </w:t>
+      </w:r>
+      <w:r w:rsidR="00137948">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="002C78E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00602ED7" w:rsidRPr="00CA4653">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+      <w:r w:rsidR="000C0DF1" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>+ orchid each author</w:t>
+      </w:r>
+      <w:r w:rsidR="00602ED7" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00602ED7" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00602ED7" w:rsidRPr="00CA4653">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+      <w:r w:rsidR="00602ED7" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/rtofa/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/3diuKemINgBsCBGQagJCnvgv2kxcGiEBMoCAWElASEon4PNakTBgjkjJVMhPF2RkA65dxrZ3ePawAAAAASUVORK5CYII=" \* MERGEFORMATINET </w:instrText>
       </w:r>
-      <w:r w:rsidR="00602ED7" w:rsidRPr="00CA4653">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+      <w:r w:rsidR="00602ED7" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00602ED7" w:rsidRPr="00CA4653">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+      <w:r w:rsidR="00602ED7" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:noProof/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5046D6B6" wp14:editId="48A7D351">
             <wp:extent cx="116205" cy="116205"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1521799896" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
@@ -313,317 +364,356 @@
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="129435" cy="129435"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00602ED7" w:rsidRPr="00CA4653">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+      <w:r w:rsidR="00602ED7" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00602ED7" w:rsidRPr="00CA4653">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00602ED7" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B317884" w14:textId="09007F9C" w:rsidR="00D64272" w:rsidRPr="00CA4653" w:rsidRDefault="00602ED7" w:rsidP="00EB503E">
-[...1 lines deleted...]
-        <w:ind w:right="-11" w:firstLine="284"/>
+    <w:p w14:paraId="0B317884" w14:textId="0B908008" w:rsidR="00D64272" w:rsidRPr="00CD748E" w:rsidRDefault="00602ED7" w:rsidP="00BD71AB">
+      <w:pPr>
+        <w:ind w:right="-11"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA4653">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Departmen</w:t>
       </w:r>
-      <w:r w:rsidR="004313F5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004313F5" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4653">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, Universi</w:t>
       </w:r>
-      <w:r w:rsidR="00CE5018">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CE5018" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="000C0DF1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C0DF1" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4653">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="000C0DF1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C0DF1" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> City,</w:t>
       </w:r>
-      <w:r w:rsidR="00CE5018">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CE5018" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000C0DF1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C0DF1" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Country</w:t>
       </w:r>
-      <w:r w:rsidR="004313F5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004313F5" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>, using 10 pts</w:t>
+        <w:t>, using</w:t>
+      </w:r>
+      <w:r w:rsidR="002C78E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Avenir Next</w:t>
+      </w:r>
+      <w:r w:rsidR="004313F5" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C78E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="004313F5" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03E92604" w14:textId="483BD56E" w:rsidR="00D64272" w:rsidRPr="00B73E34" w:rsidRDefault="00D64272" w:rsidP="004C5D6F">
+    <w:p w14:paraId="03E92604" w14:textId="483BD56E" w:rsidR="00D64272" w:rsidRPr="00CD748E" w:rsidRDefault="00D64272" w:rsidP="00BD71AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7475991F" w14:textId="5F4EFC15" w:rsidR="00A159A9" w:rsidRDefault="009C7E78" w:rsidP="00EB503E">
+    <w:p w14:paraId="7475991F" w14:textId="5F4EFC15" w:rsidR="00A159A9" w:rsidRPr="00CD748E" w:rsidRDefault="009C7E78" w:rsidP="00BD71AB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00A159A9" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Corresponding Author:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A159A9" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C0DF1" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E8E267" w14:textId="70B8AFEA" w:rsidR="00EB503E" w:rsidRPr="00CD748E" w:rsidRDefault="00EB503E" w:rsidP="00BD71AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:bidi="en-US"/>
-[...48 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="10E8E267" w14:textId="70B8AFEA" w:rsidR="00EB503E" w:rsidRPr="00EB503E" w:rsidRDefault="00EB503E" w:rsidP="00EB503E">
-[...14 lines deleted...]
-    <w:p w14:paraId="6C3C8AA3" w14:textId="32384A28" w:rsidR="00A159A9" w:rsidRPr="00AD4CD1" w:rsidRDefault="00BC56BF" w:rsidP="004C5D6F">
+    <w:p w14:paraId="6C3C8AA3" w14:textId="32384A28" w:rsidR="00A159A9" w:rsidRPr="00CD748E" w:rsidRDefault="00BC56BF" w:rsidP="00BD71AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
-          <w:lang w:bidi="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F624F58" wp14:editId="406CD1FC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F624F58" wp14:editId="2CB59109">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1500505</wp:posOffset>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>right</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>61595</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="4628707" cy="2615211"/>
-                <wp:effectExtent l="0" t="0" r="635" b="0"/>
+                <wp:extent cx="4248150" cy="2615211"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1740102685" name="Rectangle 7"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="4628707" cy="2615211"/>
+                          <a:ext cx="4248150" cy="2615211"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="accent6">
                             <a:lumMod val="40000"/>
                             <a:lumOff val="60000"/>
                             <a:alpha val="50000"/>
                           </a:schemeClr>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:scrgbClr r="0" g="0" b="0"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:scrgbClr r="0" g="0" b="0"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:scrgbClr r="0" g="0" b="0"/>
                         </a:effectRef>
@@ -646,1836 +736,3326 @@
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="0F624F58" id="Rectangle 7" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:118.15pt;margin-top:4.85pt;width:364.45pt;height:205.9pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kmaFkgIAAKUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFtP2zAUfp+0/2D5faSpSmEVKapATJMY&#10;IGDi2XXsJpLt49luk+7X79hOWsb2wrQ8OMfn7u9cLi57rchOON+CqWh5MqFEGA51azYV/f588+mc&#10;Eh+YqZkCIyq6F55eLj9+uOjsQkyhAVULR9CJ8YvOVrQJwS6KwvNGaOZPwAqDQglOs4BXtylqxzr0&#10;rlUxnUzmRQeutg648B6511lIl8m/lIKHeym9CERVFHML6XTpXMezWF6wxcYx27R8SIP9QxaatQaD&#10;Hlxds8DI1rV/uNItd+BBhhMOugApWy7SG/A15eTNa54aZkV6C4Lj7QEm///c8rvdk31wCENn/cIj&#10;GV/RS6fjH/MjfQJrfwBL9IFwZM7m0/OzyRklHGXTeXk6LcsIZ3E0t86HLwI0iURFHVYjgcR2tz5k&#10;1VElRvOg2vqmVSpdYgeIK+XIjmHtGOfChHkyV1v9DerMn03wy1VENtY6s+dHNlO2YZl7OnIxx9Rh&#10;0X/K+LfQysQEDMRUcpaRUxwBSlTYKxH1lHkUkrR1wiln7jbrmHhuM5wDbLyx2TByMoiKEv2/03Yw&#10;idYidfc77Q9GKT6YcLDXrQGX4D0gk0FTYSyrzPojFBmAiEXo1/3QQWuo9w/4dMiT5i2/abH4t8yH&#10;B+ZwtBALXBfhHg+poKsoDBQlDbiff+NHfex4lFLS4ahW1P/YMicoUV8NzsLncjaLs50us9OzKV7c&#10;a8n6tcRs9RVgR5W4mCxPZNQPaiSlA/2CW2UVo6KIGY6xK8qDGy9XIdcW9xIXq1VSw3m2LNyaJ8uj&#10;8whwbO7n/oU5O0xAwOG5g3Gs2eLNIGTdaGlgtQ0g2zQlEeKM6wA97oLUtcPeisvm9T1pHbfr8hcA&#10;AAD//wMAUEsDBBQABgAIAAAAIQBo7xX/3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqFOHBhqyqRCiB4RUqQ0f4MYmjojXIXbr9O8xJziOZjTzptrMdmBnPfneEcJykQHT&#10;1DrVU4fw0WzvHoH5IEnJwZFGuGgPm/r6qpKlcpH2+nwIHUsl5EuJYEIYS859a7SVfuFGTcn7dJOV&#10;Icmp42qSMZXbgYssK7iVPaUFI0f9YnT7dThZhIar3avIYz7Gt7jtdt/75vJuEG9v5ucnYEHP4S8M&#10;v/gJHerEdHQnUp4NCCIv8hRFWD8AS/66WAlgR4R7sVwBryv+/0H9AwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAL+SZoWSAgAApQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAGjvFf/fAAAACQEAAA8AAAAAAAAAAAAAAAAA7AQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAD4BQAAAAA=&#10;" fillcolor="#c5e0b3 [1305]" stroked="f">
+              <v:rect w14:anchorId="0F624F58" id="Rectangle 7" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:283.3pt;margin-top:4.85pt;width:334.5pt;height:205.9pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAah5ZtkQIAAKUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFtv2yAUfp+0/4B4Xx1HSdZFdaqoVadJ&#10;XVutnfpMMMRImMOAxM5+/Q5gJ123l07zAz6cO9+5XFz2rSZ74bwCU9HybEKJMBxqZbYV/f508+Gc&#10;Eh+YqZkGIyp6EJ5ert6/u+jsUkyhAV0LR9CJ8cvOVrQJwS6LwvNGtMyfgRUGhRJcywJe3baoHevQ&#10;e6uL6WSyKDpwtXXAhffIvc5Cukr+pRQ83EvpRSC6ophbSKdL5yaexeqCLbeO2UbxIQ32D1m0TBkM&#10;enR1zQIjO6f+cNUq7sCDDGcc2gKkVFykN+Brysmr1zw2zIr0FgTH2yNM/v+55Xf7R/vgEIbO+qVH&#10;Mr6il66Nf8yP9AmswxEs0QfCkTmbzs7LOWLKUTZdlPNpWUY4i5O5dT58FtCSSFTUYTUSSGx/60NW&#10;HVViNA9a1TdK63SJHSCutCN7hrVjnAsTFslc79qvUGf+bIJfriKysdaZvTixmbYNy9z5yMUcU4dF&#10;/ynj30JrExMwEFPJWUZOcQIoUeGgRdTT5puQRNUJp5y5225i4rnNcA4QpLHZMHIyiIoS/b/RdjCJ&#10;1iJ19xvtj0YpPphwtG+VAZfgPSKTQdNhLKvM+iMUGYCIReg3/dBBG6gPD/h0yJPmLb9RWPxb5sMD&#10;czhaiAWui3CPh9TQVRQGipIG3M+/8aM+djxKKelwVCvqf+yYE5ToLwZn4VM5m8XZTpfZ/OMUL+6l&#10;ZPNSYnbtFWBHlbiYLE9k1A96JKWD9hm3yjpGRREzHGNXlAc3Xq5Cri3uJS7W66SG82xZuDWPlkfn&#10;EeDY3E/9M3N2mICAw3MH41iz5atByLrR0sB6F0CqNCUR4ozrAD3ugtS1w96Ky+blPWmdtuvqFwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAGpLNZPdAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNyo0xQCTbOpEKIHhFSpDR/gxts4IrZD7Dbp37OcynE0o5k3xXqynTjTEFrvEOazBAS5&#10;2uvWNQhf1ebhBUSIymnVeUcIFwqwLm9vCpVrP7odnfexEVziQq4QTIx9LmWoDVkVZr4nx97RD1ZF&#10;lkMj9aBGLredTJMkk1a1jheM6unNUP29P1mESurte7oYF/34MW6a7c+uunwaxPu76XUFItIUr2H4&#10;w2d0KJnp4E9OB9Eh8JGIsHwGwWaWLVkfEB7T+RPIspD/8ctfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhABqHlm2RAgAApQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAGpLNZPdAAAABgEAAA8AAAAAAAAAAAAAAAAA6wQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" fillcolor="#c5e0b3 [1305]" stroked="f">
                 <v:fill opacity="32896f"/>
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="7EA3AE09" w14:textId="2DF47FED" w:rsidR="006F725A" w:rsidRPr="00BC56BF" w:rsidRDefault="006F725A" w:rsidP="006F725A">
                       <w:pPr>
                         <w:rPr>
                           <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
                             <w14:solidFill>
                               <w14:srgbClr w14:val="000000"/>
                             </w14:solidFill>
                             <w14:prstDash w14:val="solid"/>
                             <w14:bevel/>
                           </w14:textOutline>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
+                <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="699F7471" w14:textId="77777777" w:rsidR="000E3929" w:rsidRPr="00AD4CD1" w:rsidRDefault="000E3929" w:rsidP="004C5D6F">
+    <w:p w14:paraId="699F7471" w14:textId="77777777" w:rsidR="000E3929" w:rsidRPr="00CD748E" w:rsidRDefault="000E3929" w:rsidP="00BD71AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
-          <w:lang w:bidi="en-US"/>
-[...1 lines deleted...]
-        <w:sectPr w:rsidR="000E3929" w:rsidRPr="00AD4CD1" w:rsidSect="004C5D6F">
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="000E3929" w:rsidRPr="00CD748E" w:rsidSect="00BD71AB">
           <w:headerReference w:type="default" r:id="rId10"/>
           <w:footerReference w:type="even" r:id="rId11"/>
           <w:footerReference w:type="default" r:id="rId12"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
-          <w:pgMar w:top="1009" w:right="862" w:bottom="1009" w:left="862" w:header="567" w:footer="567" w:gutter="0"/>
+          <w:pgMar w:top="1009" w:right="1418" w:bottom="1009" w:left="1418" w:header="567" w:footer="567" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="459"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15D11E1F" w14:textId="4CB439E3" w:rsidR="00955CAB" w:rsidRPr="00EB503E" w:rsidRDefault="00955CAB" w:rsidP="00EB503E">
+    <w:p w14:paraId="15D11E1F" w14:textId="4CB439E3" w:rsidR="00955CAB" w:rsidRPr="00CD748E" w:rsidRDefault="00955CAB" w:rsidP="00BD71AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:t>Article</w:t>
       </w:r>
-      <w:r w:rsidR="00B73E34" w:rsidRPr="00EB503E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B73E34" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Info</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ABE0500" w14:textId="09093713" w:rsidR="00124AFB" w:rsidRPr="00EB503E" w:rsidRDefault="00124AFB" w:rsidP="00EB503E">
+    <w:p w14:paraId="1ABE0500" w14:textId="09093713" w:rsidR="00124AFB" w:rsidRPr="00CD748E" w:rsidRDefault="00124AFB" w:rsidP="00BD71AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:t>Received</w:t>
       </w:r>
-      <w:r w:rsidR="000C0DF1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C0DF1" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="362A9882" w14:textId="199A73E2" w:rsidR="00AD4CD1" w:rsidRPr="00EB503E" w:rsidRDefault="00AD4CD1" w:rsidP="00EB503E">
+    <w:p w14:paraId="362A9882" w14:textId="199A73E2" w:rsidR="00AD4CD1" w:rsidRPr="00CD748E" w:rsidRDefault="00AD4CD1" w:rsidP="00BD71AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:t>Revised</w:t>
       </w:r>
-      <w:r w:rsidR="000C0DF1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C0DF1" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06D28A06" w14:textId="5BF71D9F" w:rsidR="00124AFB" w:rsidRPr="00EB503E" w:rsidRDefault="00124AFB" w:rsidP="00EB503E">
+    <w:p w14:paraId="06D28A06" w14:textId="5BF71D9F" w:rsidR="00124AFB" w:rsidRPr="00CD748E" w:rsidRDefault="00124AFB" w:rsidP="00BD71AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
-        <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:t>Accepted</w:t>
       </w:r>
-      <w:r w:rsidR="000C0DF1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C0DF1" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="108524E5" w14:textId="2C712F73" w:rsidR="008C5F6C" w:rsidRPr="00EB503E" w:rsidRDefault="008C5F6C" w:rsidP="004C5D6F">
+    <w:p w14:paraId="108524E5" w14:textId="2C712F73" w:rsidR="008C5F6C" w:rsidRPr="00CD748E" w:rsidRDefault="008C5F6C" w:rsidP="00BD71AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00A4E897" w14:textId="01FBBAC1" w:rsidR="00B73E34" w:rsidRPr="00EB503E" w:rsidRDefault="008C5F6C" w:rsidP="00EB503E">
+    <w:p w14:paraId="00A4E897" w14:textId="01FBBAC1" w:rsidR="00B73E34" w:rsidRPr="00CD748E" w:rsidRDefault="008C5F6C" w:rsidP="00BD71AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:t>Keyword</w:t>
       </w:r>
-      <w:r w:rsidR="00B73E34" w:rsidRPr="00EB503E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B73E34" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C4759ED" w14:textId="05D7BD83" w:rsidR="00B73E34" w:rsidRDefault="000C0DF1" w:rsidP="00EB503E">
+    <w:p w14:paraId="3C4759ED" w14:textId="05D7BD83" w:rsidR="00B73E34" w:rsidRPr="00CD748E" w:rsidRDefault="000C0DF1" w:rsidP="00BD71AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:t>3-5 and separate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BAF25BC" w14:textId="70528F4B" w:rsidR="000C0DF1" w:rsidRPr="00EB503E" w:rsidRDefault="000C0DF1" w:rsidP="00EB503E">
+    <w:p w14:paraId="2BAF25BC" w14:textId="70528F4B" w:rsidR="000C0DF1" w:rsidRPr="00CD748E" w:rsidRDefault="000C0DF1" w:rsidP="00BD71AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:t>by semicolon;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A99EDD7" w14:textId="23BFB971" w:rsidR="00B73E34" w:rsidRPr="00B73E34" w:rsidRDefault="00B73E34" w:rsidP="004C5D6F">
+    <w:p w14:paraId="5A99EDD7" w14:textId="23BFB971" w:rsidR="00B73E34" w:rsidRPr="00CD748E" w:rsidRDefault="00B73E34" w:rsidP="004C5D6F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="121FDF01" w14:textId="288E37A7" w:rsidR="008C5F6C" w:rsidRPr="00AD4CD1" w:rsidRDefault="008C5F6C" w:rsidP="004C5D6F">
+    <w:p w14:paraId="121FDF01" w14:textId="288E37A7" w:rsidR="008C5F6C" w:rsidRPr="00CD748E" w:rsidRDefault="008C5F6C" w:rsidP="004C5D6F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5605C46C" w14:textId="7A20817A" w:rsidR="00CD75AD" w:rsidRPr="00EB503E" w:rsidRDefault="00CD75AD" w:rsidP="00EB503E">
+    <w:p w14:paraId="5605C46C" w14:textId="7A20817A" w:rsidR="00CD75AD" w:rsidRPr="00CD748E" w:rsidRDefault="00CD75AD" w:rsidP="00BD71AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:ind w:left="-567" w:right="795" w:firstLine="283"/>
+        <w:ind w:right="795" w:firstLine="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:bidi="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
-      <w:r w:rsidR="00AD4CD1" w:rsidRPr="00EB503E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00AD4CD1" w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18D36BA0" w14:textId="531EB9EA" w:rsidR="004313F5" w:rsidRPr="004313F5" w:rsidRDefault="004313F5" w:rsidP="004313F5">
+    <w:p w14:paraId="364D3E93" w14:textId="33C78A02" w:rsidR="00981DA6" w:rsidRPr="00CD748E" w:rsidRDefault="003D1528" w:rsidP="003D1528">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="228" w:lineRule="auto"/>
-        <w:ind w:left="-284" w:right="611"/>
+        <w:ind w:left="283" w:right="611"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS"/>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-ID"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00981DA6" w:rsidRPr="00CD748E" w:rsidSect="00BD71AB">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
+          <w:pgMar w:top="1009" w:right="1418" w:bottom="1009" w:left="1418" w:header="567" w:footer="567" w:gutter="0"/>
+          <w:cols w:num="2" w:space="459" w:equalWidth="0">
+            <w:col w:w="1650" w:space="560"/>
+            <w:col w:w="6860"/>
+          </w:cols>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-ID"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Please write the abstract neatly here using </w:t>
       </w:r>
-      <w:r w:rsidR="00BC56BF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS"/>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-ID"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Avenir next 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00733C97">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-ID"/>
-[...10 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please write the abstract neatly here using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Avenir next 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00733C97">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please write the abstract neatly here using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Avenir next 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00137948">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please write the abstract neatly here using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Avenir next 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00137948">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please write the abstract neatly here using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Avenir next 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00137948">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please write the abstract neatly here using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Avenir next 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00137948">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please write the abstract neatly here using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Avenir next 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00137948">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please write the abstract neatly here using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Avenir next 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00137948">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please write the abstract neatly here using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Avenir next 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00137948">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please write the abstract neatly here using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Avenir next 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00137948">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5FEFDBAE" w14:textId="77777777" w:rsidR="004313F5" w:rsidRDefault="004313F5" w:rsidP="00B73E34">
+    <w:p w14:paraId="5FEFDBAE" w14:textId="77777777" w:rsidR="004313F5" w:rsidRPr="00CD748E" w:rsidRDefault="004313F5" w:rsidP="00B73E34">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5635"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D00E949" w14:textId="77777777" w:rsidR="004313F5" w:rsidRDefault="004313F5" w:rsidP="00B73E34">
+    <w:p w14:paraId="0D00E949" w14:textId="77777777" w:rsidR="004313F5" w:rsidRPr="00CD748E" w:rsidRDefault="004313F5" w:rsidP="00B73E34">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5635"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E2D0B02" w14:textId="77777777" w:rsidR="004313F5" w:rsidRDefault="004313F5" w:rsidP="00B73E34">
+    <w:p w14:paraId="2E2D0B02" w14:textId="77777777" w:rsidR="004313F5" w:rsidRPr="00CD748E" w:rsidRDefault="004313F5" w:rsidP="00B73E34">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5635"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17A898C4" w14:textId="77777777" w:rsidR="004313F5" w:rsidRDefault="004313F5" w:rsidP="00B73E34">
+    <w:p w14:paraId="17A898C4" w14:textId="77777777" w:rsidR="004313F5" w:rsidRPr="00CD748E" w:rsidRDefault="004313F5" w:rsidP="00B73E34">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5635"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3013D472" w14:textId="77777777" w:rsidR="004313F5" w:rsidRDefault="004313F5" w:rsidP="00B73E34">
+    <w:p w14:paraId="3013D472" w14:textId="77777777" w:rsidR="004313F5" w:rsidRPr="00CD748E" w:rsidRDefault="004313F5" w:rsidP="00B73E34">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5635"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="760FD013" w14:textId="77777777" w:rsidR="004313F5" w:rsidRDefault="004313F5" w:rsidP="00B73E34">
+    <w:p w14:paraId="0433CD63" w14:textId="77777777" w:rsidR="004313F5" w:rsidRDefault="004313F5" w:rsidP="00B73E34">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5635"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="580BCDAD" w14:textId="77777777" w:rsidR="004313F5" w:rsidRDefault="004313F5" w:rsidP="00B73E34">
+    <w:p w14:paraId="12BBF164" w14:textId="77777777" w:rsidR="00F97605" w:rsidRDefault="00F97605" w:rsidP="00B73E34">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5635"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0696D996" w14:textId="77777777" w:rsidR="004313F5" w:rsidRDefault="004313F5" w:rsidP="00B73E34">
+    <w:p w14:paraId="63918F88" w14:textId="77777777" w:rsidR="00F97605" w:rsidRPr="00CD748E" w:rsidRDefault="00F97605" w:rsidP="00B73E34">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5635"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61236407" w14:textId="77777777" w:rsidR="004313F5" w:rsidRDefault="004313F5" w:rsidP="00B73E34">
+    <w:p w14:paraId="3A058907" w14:textId="57DE4F58" w:rsidR="00A159A9" w:rsidRPr="00CD748E" w:rsidRDefault="001D0E97" w:rsidP="00B73E34">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5635"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD748E">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:bidi="en-US"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="25C58D52" w14:textId="77777777" w:rsidR="004313F5" w:rsidRDefault="004313F5" w:rsidP="00B73E34">
-[...47 lines deleted...]
-    <w:p w14:paraId="064B9B8E" w14:textId="5B4DD26F" w:rsidR="00CE5018" w:rsidRPr="003D5094" w:rsidRDefault="00CA4653" w:rsidP="004C5D6F">
+    <w:p w14:paraId="064B9B8E" w14:textId="5B4DD26F" w:rsidR="00CE5018" w:rsidRPr="00731641" w:rsidRDefault="00CA4653" w:rsidP="004C5D6F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
-          <w:lang w:bidi="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71519D1E" w14:textId="732C39B1" w:rsidR="000C0DF1" w:rsidRDefault="000C0DF1" w:rsidP="000C0DF1">
+    <w:p w14:paraId="71519D1E" w14:textId="2B250E68" w:rsidR="000C0DF1" w:rsidRPr="00731641" w:rsidRDefault="000C0DF1" w:rsidP="000C0DF1">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-          <w:b/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indentation starts from the second paragraph, with a 6 pt space </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from sub-title </w:t>
+      </w:r>
+      <w:r w:rsidR="00674806" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nd the title capitalized in the first word only. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Using </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1528" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Avenir next</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1528" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indentation starts from the second paragraph, with a 6 pt space </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from sub-title </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the title capitalized in the first word only. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Using </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Avenir next 11.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indentation starts from the second paragraph, with a 6 pt space </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from sub-title </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the title capitalized in the first word only. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Using </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Avenir next 11.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indentation starts from the second paragraph, with a 6 pt space </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from sub-title </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the title capitalized in the first word only. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Using </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Avenir next 11.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indentation starts from the second paragraph, with a 6 pt space </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from sub-title </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the title capitalized in the first word only. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Using </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56F7A" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Avenir next 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F6F7FD" w14:textId="5C403848" w:rsidR="004313F5" w:rsidRDefault="004313F5" w:rsidP="003D1528">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:bCs/>
           <w:iCs/>
-          <w:lang w:val="en-ID" w:bidi="en-US"/>
-[...5 lines deleted...]
-          <w:b/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Second paragraph begin from here</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1528" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1528" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:bCs/>
           <w:iCs/>
-          <w:lang w:val="en-ID" w:bidi="en-US"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from here. Second paragraph begin from here. Second paragraph begin from here.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D473CA" w14:textId="77777777" w:rsidR="00F56F7A" w:rsidRPr="00731641" w:rsidRDefault="00F56F7A" w:rsidP="003D1528">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:bCs/>
           <w:iCs/>
-          <w:lang w:val="en-ID" w:bidi="en-US"/>
-[...32 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="70F6F7FD" w14:textId="5E2F96B3" w:rsidR="004313F5" w:rsidRPr="000C0DF1" w:rsidRDefault="004313F5" w:rsidP="004313F5">
-[...21 lines deleted...]
-    <w:p w14:paraId="60F31A26" w14:textId="6E8B07FD" w:rsidR="00CE5018" w:rsidRPr="003D5094" w:rsidRDefault="00CA4653" w:rsidP="004C5D6F">
+    <w:p w14:paraId="60F31A26" w14:textId="6E8B07FD" w:rsidR="00CE5018" w:rsidRPr="00731641" w:rsidRDefault="00CA4653" w:rsidP="004C5D6F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
-          <w:lang w:bidi="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:t>Literature review</w:t>
       </w:r>
-      <w:r w:rsidR="00C10DA1" w:rsidRPr="003D5094">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C10DA1" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00674806">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00674806" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (if any)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E5AF7F" w14:textId="42392D73" w:rsidR="00CE5018" w:rsidRPr="003D5094" w:rsidRDefault="000C0DF1" w:rsidP="004C5D6F">
+    <w:p w14:paraId="4CB30543" w14:textId="77777777" w:rsidR="003D1528" w:rsidRPr="00731641" w:rsidRDefault="000C0DF1" w:rsidP="003D1528">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Sub-title </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31BAA76C" w14:textId="034A3618" w:rsidR="00CA4653" w:rsidRDefault="00674806" w:rsidP="00674806">
+    <w:p w14:paraId="6272BE5B" w14:textId="7BEC838B" w:rsidR="003D1528" w:rsidRPr="00731641" w:rsidRDefault="00F56F7A" w:rsidP="003D1528">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11. Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11. Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>word only. Using Avenir next 11. Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11. Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1528" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="587A0349" w14:textId="0D583D52" w:rsidR="004313F5" w:rsidRPr="00731641" w:rsidRDefault="003D1528" w:rsidP="003D1528">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from here. Second paragraph begin from here. Second paragraph begin from here</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004313F5" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32D69B37" w14:textId="0A54C8CE" w:rsidR="00CA4653" w:rsidRPr="00731641" w:rsidRDefault="00CA4653" w:rsidP="004C5D6F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Method</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD748E" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="743C68EA" w14:textId="77777777" w:rsidR="00F56F7A" w:rsidRDefault="00F56F7A" w:rsidP="00F56F7A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indentation starts from the second paragraph, with a 6 pt space </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from sub-title </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the title capitalized in the first word only. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Avenir next 11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indentation starts from the second paragraph, with a 6 pt space </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from sub-title </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the title capitalized in the first word only. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Avenir next 11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indentation starts from the second paragraph, with a 6 pt space </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from sub-title </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the title capitalized in the first word only. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Avenir next 11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indentation starts from the second paragraph, with a 6 pt space </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from sub-title </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the title capitalized in the first word only. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Avenir next 11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indentation starts from the second paragraph, with a 6 pt space </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from sub-title </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the title capitalized in the first word only. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Avenir next 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:iCs/>
           <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="587A0349" w14:textId="54B825CE" w:rsidR="004313F5" w:rsidRPr="004313F5" w:rsidRDefault="004313F5" w:rsidP="004313F5">
+    <w:p w14:paraId="388D6515" w14:textId="328A0707" w:rsidR="00CD748E" w:rsidRPr="00F56F7A" w:rsidRDefault="003D1528" w:rsidP="00F56F7A">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:ind w:firstLine="567"/>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Second paragraph begin from here </w:t>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from her</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD748E" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>e.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32D69B37" w14:textId="6EE93C14" w:rsidR="00CA4653" w:rsidRPr="003D5094" w:rsidRDefault="00CA4653" w:rsidP="004C5D6F">
+    <w:p w14:paraId="4FAE82D7" w14:textId="6E2B4BA0" w:rsidR="00CD748E" w:rsidRPr="00731641" w:rsidRDefault="00CD748E" w:rsidP="00CD748E">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Table </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Table example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="151"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4265"/>
+        <w:gridCol w:w="2157"/>
+        <w:gridCol w:w="2646"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CD748E" w:rsidRPr="00731641" w14:paraId="4B184A45" w14:textId="77777777" w:rsidTr="00CD748E">
+        <w:trPr>
+          <w:trHeight w:val="334"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9068" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23108057" w14:textId="77777777" w:rsidR="00CD748E" w:rsidRPr="00731641" w:rsidRDefault="00CD748E" w:rsidP="00CD748E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00731641">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>School Category</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD748E" w:rsidRPr="00731641" w14:paraId="636890BB" w14:textId="77777777" w:rsidTr="00CD748E">
+        <w:trPr>
+          <w:trHeight w:val="334"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DE60989" w14:textId="77777777" w:rsidR="00CD748E" w:rsidRPr="00731641" w:rsidRDefault="00CD748E" w:rsidP="002971BA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="320" w:lineRule="atLeast"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00731641">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Public</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D08D01E" w14:textId="77777777" w:rsidR="00CD748E" w:rsidRPr="00731641" w:rsidRDefault="00CD748E" w:rsidP="002971BA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="320" w:lineRule="atLeast"/>
+              <w:ind w:left="60" w:right="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00731641">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2646" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5624F8C5" w14:textId="77777777" w:rsidR="00CD748E" w:rsidRPr="00731641" w:rsidRDefault="00CD748E" w:rsidP="002971BA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="320" w:lineRule="atLeast"/>
+              <w:ind w:left="60" w:right="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00731641">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>10.2%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD748E" w:rsidRPr="00731641" w14:paraId="7204FD52" w14:textId="77777777" w:rsidTr="00CD748E">
+        <w:trPr>
+          <w:trHeight w:val="334"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D8536BE" w14:textId="77777777" w:rsidR="00CD748E" w:rsidRPr="00731641" w:rsidRDefault="00CD748E" w:rsidP="002971BA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="320" w:lineRule="atLeast"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00731641">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Private</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A91E493" w14:textId="77777777" w:rsidR="00CD748E" w:rsidRPr="00731641" w:rsidRDefault="00CD748E" w:rsidP="002971BA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="320" w:lineRule="atLeast"/>
+              <w:ind w:left="60" w:right="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00731641">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>97</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2646" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09FAB52C" w14:textId="77777777" w:rsidR="00CD748E" w:rsidRPr="00731641" w:rsidRDefault="00CD748E" w:rsidP="002971BA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="320" w:lineRule="atLeast"/>
+              <w:ind w:left="60" w:right="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00731641">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>89.9%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD748E" w:rsidRPr="00731641" w14:paraId="5D4D047F" w14:textId="77777777" w:rsidTr="00CD748E">
+        <w:trPr>
+          <w:trHeight w:val="334"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="447736AA" w14:textId="77777777" w:rsidR="00CD748E" w:rsidRPr="00731641" w:rsidRDefault="00CD748E" w:rsidP="002971BA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="320" w:lineRule="atLeast"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00731641">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>School Location</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C78E59C" w14:textId="77777777" w:rsidR="00CD748E" w:rsidRPr="00731641" w:rsidRDefault="00CD748E" w:rsidP="002971BA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="320" w:lineRule="atLeast"/>
+              <w:ind w:left="60" w:right="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2646" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="350D60F2" w14:textId="77777777" w:rsidR="00CD748E" w:rsidRPr="00731641" w:rsidRDefault="00CD748E" w:rsidP="002971BA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="320" w:lineRule="atLeast"/>
+              <w:ind w:left="60" w:right="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD748E" w:rsidRPr="00731641" w14:paraId="4B76B758" w14:textId="77777777" w:rsidTr="00CD748E">
+        <w:trPr>
+          <w:trHeight w:val="334"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EB25B25" w14:textId="77777777" w:rsidR="00CD748E" w:rsidRPr="00731641" w:rsidRDefault="00CD748E" w:rsidP="002971BA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="320" w:lineRule="atLeast"/>
+              <w:ind w:left="60" w:right="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00731641">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">City </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00731641">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Center</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B5F8091" w14:textId="77777777" w:rsidR="00CD748E" w:rsidRPr="00731641" w:rsidRDefault="00CD748E" w:rsidP="002971BA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="320" w:lineRule="atLeast"/>
+              <w:ind w:left="60" w:right="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00731641">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2646" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29D42AB2" w14:textId="77777777" w:rsidR="00CD748E" w:rsidRPr="00731641" w:rsidRDefault="00CD748E" w:rsidP="002971BA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="320" w:lineRule="atLeast"/>
+              <w:ind w:left="60" w:right="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00731641">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>56.5%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD748E" w:rsidRPr="00731641" w14:paraId="01B93F85" w14:textId="77777777" w:rsidTr="00616636">
+        <w:trPr>
+          <w:trHeight w:val="334"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24648C27" w14:textId="77777777" w:rsidR="00CD748E" w:rsidRPr="00731641" w:rsidRDefault="00CD748E" w:rsidP="002971BA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="320" w:lineRule="atLeast"/>
+              <w:ind w:left="60" w:right="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00731641">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Suburbs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40617E33" w14:textId="77777777" w:rsidR="00CD748E" w:rsidRPr="00731641" w:rsidRDefault="00CD748E" w:rsidP="002971BA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="320" w:lineRule="atLeast"/>
+              <w:ind w:left="60" w:right="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00731641">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2646" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77332FAF" w14:textId="77777777" w:rsidR="00CD748E" w:rsidRPr="00731641" w:rsidRDefault="00CD748E" w:rsidP="002971BA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="320" w:lineRule="atLeast"/>
+              <w:ind w:left="60" w:right="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00731641">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>43.5%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD748E" w:rsidRPr="00731641" w14:paraId="291D9E26" w14:textId="77777777" w:rsidTr="00616636">
+        <w:trPr>
+          <w:trHeight w:val="334"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AC676DB" w14:textId="77777777" w:rsidR="00CD748E" w:rsidRPr="00731641" w:rsidRDefault="00CD748E" w:rsidP="002971BA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="320" w:lineRule="atLeast"/>
+              <w:ind w:left="60" w:right="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00731641">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Source: Authors’ work</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ACA8979" w14:textId="77777777" w:rsidR="00CD748E" w:rsidRPr="00731641" w:rsidRDefault="00CD748E" w:rsidP="002971BA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="320" w:lineRule="atLeast"/>
+              <w:ind w:left="60" w:right="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2646" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7708D699" w14:textId="77777777" w:rsidR="00CD748E" w:rsidRPr="00731641" w:rsidRDefault="00CD748E" w:rsidP="002971BA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="320" w:lineRule="atLeast"/>
+              <w:ind w:left="60" w:right="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3E9C55D1" w14:textId="77777777" w:rsidR="00F56F7A" w:rsidRDefault="00F56F7A" w:rsidP="005C694B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
-          <w:lang w:bidi="en-US"/>
-[...11 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="019E310E" w14:textId="5A0759B2" w:rsidR="00674806" w:rsidRDefault="00674806" w:rsidP="00674806">
+    <w:p w14:paraId="4A3DE0C6" w14:textId="63BF57E8" w:rsidR="005C694B" w:rsidRPr="00731641" w:rsidRDefault="005C694B" w:rsidP="005C694B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Results or Findings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="121ADB8F" w14:textId="04B1A13E" w:rsidR="004313F5" w:rsidRDefault="00BC56BF" w:rsidP="004313F5">
-[...48 lines deleted...]
-    <w:p w14:paraId="4A3DE0C6" w14:textId="6582C361" w:rsidR="005C694B" w:rsidRPr="003D5094" w:rsidRDefault="005C694B" w:rsidP="005C694B">
+    <w:p w14:paraId="50DBA190" w14:textId="2E3FA57D" w:rsidR="003D1528" w:rsidRPr="00731641" w:rsidRDefault="00F56F7A" w:rsidP="003D1528">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-        <w:t>Results or Findings</w:t>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11. Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11. Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11. Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11. Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1528" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49D5EBB1" w14:textId="16534F4C" w:rsidR="005C694B" w:rsidRDefault="005C694B" w:rsidP="005C694B">
+    <w:p w14:paraId="6B18E825" w14:textId="63C28345" w:rsidR="005C694B" w:rsidRPr="00731641" w:rsidRDefault="003D1528" w:rsidP="003D1528">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>here. Second paragraph begin from here. Second paragraph begin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from here. Second paragraph begin from here. Second paragraph begin from here.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5860EE40" w14:textId="2215A942" w:rsidR="00BE6065" w:rsidRPr="00731641" w:rsidRDefault="00CA4653" w:rsidP="004C5D6F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
-          <w:lang w:val="en-GB" w:bidi="en-US"/>
-[...29 lines deleted...]
-        <w:t>.</w:t>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Discussion </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EBFD4B8" w14:textId="77777777" w:rsidR="005C694B" w:rsidRDefault="005C694B" w:rsidP="005C694B">
-[...34 lines deleted...]
-    <w:p w14:paraId="5860EE40" w14:textId="2215A942" w:rsidR="00BE6065" w:rsidRPr="003D5094" w:rsidRDefault="00CA4653" w:rsidP="004C5D6F">
+    <w:p w14:paraId="3832C9EE" w14:textId="4FDD6767" w:rsidR="003D1528" w:rsidRPr="00731641" w:rsidRDefault="00F56F7A" w:rsidP="003D1528">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11. Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11. Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11. Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11. Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1528" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F797D77" w14:textId="77777777" w:rsidR="003D1528" w:rsidRPr="00731641" w:rsidRDefault="003D1528" w:rsidP="003D1528">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:bCs/>
           <w:iCs/>
-          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Discussion </w:t>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from here. Second paragraph begin from here. Second paragraph begin from here.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0188B21B" w14:textId="6C6EB8D1" w:rsidR="003D5094" w:rsidRDefault="00674806" w:rsidP="00674806">
+    <w:p w14:paraId="2BA1B6D1" w14:textId="77777777" w:rsidR="00674806" w:rsidRPr="00731641" w:rsidRDefault="00CA4653" w:rsidP="00674806">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Conclusions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EA8D2DF" w14:textId="1515DB66" w:rsidR="004313F5" w:rsidRPr="004313F5" w:rsidRDefault="004313F5" w:rsidP="004313F5">
-[...21 lines deleted...]
-    <w:p w14:paraId="2BA1B6D1" w14:textId="77777777" w:rsidR="00674806" w:rsidRDefault="00CA4653" w:rsidP="00674806">
+    <w:p w14:paraId="42CEF514" w14:textId="66B48471" w:rsidR="003D1528" w:rsidRPr="00731641" w:rsidRDefault="00F56F7A" w:rsidP="003D1528">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11. Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11. Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11. Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11. Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1528" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="189CD89C" w14:textId="77777777" w:rsidR="003D1528" w:rsidRPr="00731641" w:rsidRDefault="003D1528" w:rsidP="003D1528">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from here. Second paragraph begin from here. Second paragraph begin from here.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B881CE5" w14:textId="1F27E990" w:rsidR="00674806" w:rsidRPr="00731641" w:rsidRDefault="00674806" w:rsidP="00674806">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
-          <w:lang w:bidi="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
-          <w:lang w:bidi="en-US"/>
-[...1 lines deleted...]
-        <w:t>Conclusions</w:t>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Implication </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="300B13A6" w14:textId="0021F8D3" w:rsidR="003D5094" w:rsidRDefault="00674806" w:rsidP="00674806">
+    <w:p w14:paraId="542E9211" w14:textId="717B126B" w:rsidR="003D1528" w:rsidRPr="00731641" w:rsidRDefault="00F56F7A" w:rsidP="003D1528">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11. Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11. Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11. Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11. Indentation starts from the second paragraph, with a 6 pt space from sub-title and the title capitalized in the first word only. Using Avenir next 11</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1528" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A67543" w14:textId="77777777" w:rsidR="003D1528" w:rsidRPr="00731641" w:rsidRDefault="003D1528" w:rsidP="003D1528">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00674806">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin from here. Second paragraph begin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:bCs/>
           <w:iCs/>
-          <w:lang w:val="en-ID" w:bidi="en-US"/>
-[...10 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from here. Second paragraph begin from here. Second paragraph begin from here.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06978C1F" w14:textId="517CB3A5" w:rsidR="00674806" w:rsidRPr="004313F5" w:rsidRDefault="004313F5" w:rsidP="004313F5">
-[...99 lines deleted...]
-    <w:p w14:paraId="014F4C7E" w14:textId="46C9CBB8" w:rsidR="00674806" w:rsidRPr="004313F5" w:rsidRDefault="004313F5" w:rsidP="004313F5">
+    <w:p w14:paraId="014F4C7E" w14:textId="46C9CBB8" w:rsidR="00674806" w:rsidRPr="00731641" w:rsidRDefault="004313F5" w:rsidP="004313F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
-          <w:lang w:bidi="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:t>Disclosure statement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15017C5E" w14:textId="0BA3DDB4" w:rsidR="004313F5" w:rsidRDefault="004313F5" w:rsidP="004313F5">
+    <w:p w14:paraId="15017C5E" w14:textId="56803F4B" w:rsidR="004313F5" w:rsidRPr="00731641" w:rsidRDefault="00F56F7A" w:rsidP="004313F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
-[...32 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Indentation starts from the second paragraph, with a 6 pt space </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from sub-title </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the title capitalized in the first word only. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Avenir next 11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indentation starts from the second paragraph, with a 6 pt space </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from sub-title </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the title capitalized in the first word only. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Avenir next 11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indentation starts from the second paragraph, with a 6 pt space </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from sub-title </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the title capitalized in the first word only. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Avenir next 11.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FD6CDD3" w14:textId="0164037C" w:rsidR="004313F5" w:rsidRPr="004313F5" w:rsidRDefault="004313F5" w:rsidP="004313F5">
-[...21 lines deleted...]
-    <w:p w14:paraId="1FB06443" w14:textId="2FD5CF2E" w:rsidR="004313F5" w:rsidRPr="004313F5" w:rsidRDefault="004313F5" w:rsidP="004313F5">
+    <w:p w14:paraId="1FB06443" w14:textId="2FD5CF2E" w:rsidR="004313F5" w:rsidRPr="00731641" w:rsidRDefault="004313F5" w:rsidP="004313F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
-          <w:lang w:bidi="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
         <w:t>Funding</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBCC797" w14:textId="77777777" w:rsidR="004313F5" w:rsidRDefault="004313F5" w:rsidP="004313F5">
+    <w:p w14:paraId="6E9C4B1C" w14:textId="77777777" w:rsidR="00CD748E" w:rsidRPr="00731641" w:rsidRDefault="00CD748E" w:rsidP="00CD748E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-ID" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:iCs/>
+          <w:lang w:val="en-ID" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>If the research receives funding, please state here where it comes from and the funding number.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="007CAF16" w14:textId="77777777" w:rsidR="004313F5" w:rsidRPr="00731641" w:rsidRDefault="004313F5" w:rsidP="004313F5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">References </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A5585A8" w14:textId="4064D31A" w:rsidR="004313F5" w:rsidRPr="00731641" w:rsidRDefault="004313F5" w:rsidP="003D1528">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>No space between lines, space before 6 pt. All references mentioned in the text of the article must be listed in the reference list. The bibliography and citation should be written using APA 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00616636" w:rsidRPr="00616636">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> edition style. </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1528" w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Avenir next 11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731641">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="277816B5" w14:textId="77777777" w:rsidR="004313F5" w:rsidRPr="00731641" w:rsidRDefault="004313F5" w:rsidP="004313F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
-          <w:sz w:val="20"/>
-[...26 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="41DD8C88" w14:textId="1D653E27" w:rsidR="004313F5" w:rsidRPr="004313F5" w:rsidRDefault="004313F5" w:rsidP="004313F5">
-[...123 lines deleted...]
-    <w:p w14:paraId="277816B5" w14:textId="77777777" w:rsidR="004313F5" w:rsidRPr="004313F5" w:rsidRDefault="004313F5" w:rsidP="004313F5">
+    <w:p w14:paraId="1141A9E6" w14:textId="77777777" w:rsidR="004313F5" w:rsidRPr="00CD748E" w:rsidRDefault="004313F5" w:rsidP="004313F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-ID" w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1141A9E6" w14:textId="77777777" w:rsidR="004313F5" w:rsidRPr="004313F5" w:rsidRDefault="004313F5" w:rsidP="004313F5">
+    <w:p w14:paraId="1F1F9F51" w14:textId="77777777" w:rsidR="004313F5" w:rsidRPr="00CD748E" w:rsidRDefault="004313F5" w:rsidP="004313F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-ID" w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F1F9F51" w14:textId="77777777" w:rsidR="004313F5" w:rsidRPr="004313F5" w:rsidRDefault="004313F5" w:rsidP="004313F5">
+    <w:p w14:paraId="3623C334" w14:textId="77777777" w:rsidR="004313F5" w:rsidRPr="00CD748E" w:rsidRDefault="004313F5" w:rsidP="004313F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-ID" w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3623C334" w14:textId="77777777" w:rsidR="004313F5" w:rsidRDefault="004313F5" w:rsidP="004313F5">
+    <w:p w14:paraId="5BC624C5" w14:textId="77777777" w:rsidR="004313F5" w:rsidRPr="00CD748E" w:rsidRDefault="004313F5" w:rsidP="004313F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BC624C5" w14:textId="77777777" w:rsidR="004313F5" w:rsidRPr="004313F5" w:rsidRDefault="004313F5" w:rsidP="004313F5">
-[...16 lines deleted...]
-    <w:p w14:paraId="3D714CDB" w14:textId="7AC685EB" w:rsidR="00674806" w:rsidRPr="00DC7679" w:rsidRDefault="00674806" w:rsidP="00674806">
+    <w:p w14:paraId="3D714CDB" w14:textId="7AC685EB" w:rsidR="00674806" w:rsidRPr="00CD748E" w:rsidRDefault="00674806" w:rsidP="00674806">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="en-GB" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00674806" w:rsidRPr="00DC7679" w:rsidSect="004C5D6F">
+    <w:sectPr w:rsidR="00674806" w:rsidRPr="00CD748E" w:rsidSect="00BD71AB">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
-      <w:pgMar w:top="1009" w:right="862" w:bottom="1009" w:left="862" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="1009" w:right="1418" w:bottom="1009" w:left="1418" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="459"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38FCE6EE" w14:textId="77777777" w:rsidR="00B73B6B" w:rsidRDefault="00B73B6B">
+    <w:p w14:paraId="6E9D3299" w14:textId="77777777" w:rsidR="00726208" w:rsidRDefault="00726208">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3EABDA44" w14:textId="77777777" w:rsidR="00B73B6B" w:rsidRDefault="00B73B6B">
+    <w:p w14:paraId="7D865C2F" w14:textId="77777777" w:rsidR="00726208" w:rsidRDefault="00726208">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Avenir Next">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="8000002F" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="38862079"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
         <w:spacing w:val="60"/>
@@ -2593,168 +4173,185 @@
   </w:sdt>
   <w:p w14:paraId="4A37B161" w14:textId="5DD0816E" w:rsidR="00A068CC" w:rsidRPr="00D85F7F" w:rsidRDefault="00A068CC" w:rsidP="00D85F7F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="245"/>
         <w:tab w:val="right" w:pos="10183"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="492B1315" w14:textId="77777777" w:rsidR="00B73B6B" w:rsidRDefault="00B73B6B">
+    <w:p w14:paraId="17647B16" w14:textId="77777777" w:rsidR="00726208" w:rsidRDefault="00726208">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F02BFD9" w14:textId="77777777" w:rsidR="00B73B6B" w:rsidRDefault="00B73B6B">
+    <w:p w14:paraId="24F43B4E" w14:textId="77777777" w:rsidR="00726208" w:rsidRDefault="00726208">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="525D7EF4" w14:textId="2827BF10" w:rsidR="00A068CC" w:rsidRPr="00CA4653" w:rsidRDefault="003D5094" w:rsidP="008A22E3">
+  <w:p w14:paraId="525D7EF4" w14:textId="12D6C361" w:rsidR="00A068CC" w:rsidRPr="00CA4653" w:rsidRDefault="003D5094" w:rsidP="008A22E3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="7371"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17D9A175" wp14:editId="24200947">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17D9A175" wp14:editId="77B2D1CA">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="column">
-                <wp:posOffset>-534670</wp:posOffset>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>14162</wp:posOffset>
+                <wp:posOffset>13970</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="490574" cy="113414"/>
-              <wp:effectExtent l="0" t="0" r="17780" b="13970"/>
+              <wp:effectExtent l="0" t="0" r="24130" b="20320"/>
               <wp:wrapNone/>
               <wp:docPr id="1655956304" name="Rectangle 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="490574" cy="113414"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent6"/>
                       </a:lnRef>
                       <a:fillRef idx="3">
                         <a:schemeClr val="accent6"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent6"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="22DB9577" id="Rectangle 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:-42.1pt;margin-top:1.1pt;width:38.65pt;height:8.95pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUFLOPRAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9r2zAQfh/sfxB6XxynbruGOiW0dAxC&#10;G5aOPquy1BhknXZS4mR//U6y44SuUBh7ke90vz995+ubXWPYVqGvwZY8H405U1ZCVdvXkv98uv/y&#10;lTMfhK2EAatKvlee38w+f7pu3VRNYA2mUsgoifXT1pV8HYKbZpmXa9UIPwKnLBk1YCMCqfiaVSha&#10;yt6YbDIeX2QtYOUQpPKebu86I5+l/ForGR619iowU3LqLaQT0/kSz2x2LaavKNy6ln0b4h+6aERt&#10;qeiQ6k4EwTZY/5WqqSWCBx1GEpoMtK6lSjPQNPn4zTSrtXAqzULgeDfA5P9fWvmwXbklEgyt81NP&#10;Ypxip7GJX+qP7RJY+wEstQtM0mVxNT6/LDiTZMrzsyIvIpjZMdihD98UNCwKJUd6iwSR2C586FwP&#10;LhR3LJ+ksDcqdmDsD6VZXVHBPEUnZqhbg2wr6E2FlMqGi7508o5hujZmCDz7OLD3j6EqsWYInnwc&#10;PESkymDDENzUFvC9BCbkfcu68z8g0M0dIXiBar9EhtBx1jt5XxOQC+HDUiCRlOhMixce6dAG2pJD&#10;L3G2Bvz93n30J+6QlbOWSF9y/2sjUHFmvlti1VVeFHFLklKcX05IwVPLy6nFbppboDfIacWdTGL0&#10;D+YgaoTmmfZzHquSSVhJtUsuAx6U29AtI224VPN5cqPNcCIs7MrJw6tHojztngW6nk2BaPgAhwUR&#10;0zek6nzje1iYbwLoOjHuiGuPN21V4mz/B4hre6onr+N/avYHAAD//wMAUEsDBBQABgAIAAAAIQAT&#10;npfO4QAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE/LTsMwELwj8Q/WInFLnUSotGmcCvE4VBxQ&#10;CpXKzY1NHGGvI9ttw9+znMplV6PZnUe9npxlJx3i4FFAMcuBaey8GrAX8PH+ki2AxSRRSetRC/jR&#10;EdbN9VUtK+XP2OrTNvWMRDBWUoBJaaw4j53RTsaZHzUS9+WDk4lg6LkK8kzizvIyz+fcyQHJwchR&#10;PxrdfW+PTkC5eXsNU/u5Gc3+eXnfFru9tDshbm+mpxWNhxWwpKd0+YC/DpQfGgp28EdUkVkB2eKu&#10;pFNSpEV8Nl8COxDMC+BNzf+XaH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAlBSzj0QC&#10;AADvBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAE56X&#10;zuEAAAAMAQAADwAAAAAAAAAAAAAAAACeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AKwFAAAAAA==&#10;" fillcolor="#77b64e [3033]" strokecolor="#70ad47 [3209]" strokeweight=".5pt">
+            <v:rect w14:anchorId="152A100E" id="Rectangle 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:1.1pt;width:38.65pt;height:8.95pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUFLOPRAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9r2zAQfh/sfxB6XxynbruGOiW0dAxC&#10;G5aOPquy1BhknXZS4mR//U6y44SuUBh7ke90vz995+ubXWPYVqGvwZY8H405U1ZCVdvXkv98uv/y&#10;lTMfhK2EAatKvlee38w+f7pu3VRNYA2mUsgoifXT1pV8HYKbZpmXa9UIPwKnLBk1YCMCqfiaVSha&#10;yt6YbDIeX2QtYOUQpPKebu86I5+l/ForGR619iowU3LqLaQT0/kSz2x2LaavKNy6ln0b4h+6aERt&#10;qeiQ6k4EwTZY/5WqqSWCBx1GEpoMtK6lSjPQNPn4zTSrtXAqzULgeDfA5P9fWvmwXbklEgyt81NP&#10;Ypxip7GJX+qP7RJY+wEstQtM0mVxNT6/LDiTZMrzsyIvIpjZMdihD98UNCwKJUd6iwSR2C586FwP&#10;LhR3LJ+ksDcqdmDsD6VZXVHBPEUnZqhbg2wr6E2FlMqGi7508o5hujZmCDz7OLD3j6EqsWYInnwc&#10;PESkymDDENzUFvC9BCbkfcu68z8g0M0dIXiBar9EhtBx1jt5XxOQC+HDUiCRlOhMixce6dAG2pJD&#10;L3G2Bvz93n30J+6QlbOWSF9y/2sjUHFmvlti1VVeFHFLklKcX05IwVPLy6nFbppboDfIacWdTGL0&#10;D+YgaoTmmfZzHquSSVhJtUsuAx6U29AtI224VPN5cqPNcCIs7MrJw6tHojztngW6nk2BaPgAhwUR&#10;0zek6nzje1iYbwLoOjHuiGuPN21V4mz/B4hre6onr+N/avYHAAD//wMAUEsDBBQABgAIAAAAIQBM&#10;QtSs2wAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJMgEUjjVAjBoeKA&#10;UqhUbm68jSPsdRS7bfh7lhMcR7N687Zezd6JE05xCKQgX2QgkLpgBuoVfLy/3NyDiEmT0S4QKvjG&#10;CKvm8qLWlQlnavG0Sb1gCMVKK7ApjZWUsbPodVyEEYm7Q5i8ThynXppJnxnunSyy7E56PRAvWD3i&#10;k8Xua3P0Cor12+s0t5/r0e6eH8o23+602yp1fTU/LkEknNPfMfzqszo07LQPRzJROAX8SGJSAYLL&#10;srwFseeY5SCbWv6Xb34AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAlBSzj0QCAADvBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEATELUrNsAAAAE&#10;AQAADwAAAAAAAAAAAAAAAACeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#10;AA==&#10;" fillcolor="#77b64e [3033]" strokecolor="#70ad47 [3209]" strokeweight=".5pt">
               <v:fill color2="#6eaa46 [3177]" rotate="t" colors="0 #81b861;.5 #6fb242;1 #61a235" focus="100%" type="gradient">
                 <o:fill v:ext="view" type="gradientUnscaled"/>
               </v:fill>
+              <w10:wrap anchorx="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00602ED7" w:rsidRPr="00CA4653">
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Journal Teacher Well-Being</w:t>
+      <w:t xml:space="preserve">Journal </w:t>
+    </w:r>
+    <w:r w:rsidR="00AC5C40">
+      <w:rPr>
+        <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">of </w:t>
+    </w:r>
+    <w:r w:rsidR="00602ED7" w:rsidRPr="00CA4653">
+      <w:rPr>
+        <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>Teacher Well-Being</w:t>
     </w:r>
     <w:r w:rsidR="00A068CC" w:rsidRPr="00CA4653">
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="244B0366"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F8673D0"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3027,326 +4624,338 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="2"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B10318"/>
     <w:rsid w:val="00006021"/>
     <w:rsid w:val="000072B4"/>
     <w:rsid w:val="00011193"/>
     <w:rsid w:val="0002132E"/>
     <w:rsid w:val="00024217"/>
     <w:rsid w:val="00030C40"/>
     <w:rsid w:val="000325AD"/>
     <w:rsid w:val="0003671A"/>
     <w:rsid w:val="00037CDD"/>
     <w:rsid w:val="0004339B"/>
     <w:rsid w:val="00045EE7"/>
     <w:rsid w:val="00062B30"/>
     <w:rsid w:val="00077553"/>
     <w:rsid w:val="00080178"/>
     <w:rsid w:val="00083A10"/>
     <w:rsid w:val="000859E9"/>
     <w:rsid w:val="00086717"/>
     <w:rsid w:val="00095BBF"/>
     <w:rsid w:val="000A162E"/>
     <w:rsid w:val="000A37E2"/>
     <w:rsid w:val="000B333A"/>
     <w:rsid w:val="000B6DF3"/>
     <w:rsid w:val="000B7113"/>
     <w:rsid w:val="000C0DF1"/>
+    <w:rsid w:val="000D10A1"/>
     <w:rsid w:val="000D3131"/>
     <w:rsid w:val="000D4C22"/>
     <w:rsid w:val="000E3929"/>
     <w:rsid w:val="000E415C"/>
     <w:rsid w:val="000E44CD"/>
     <w:rsid w:val="000F6937"/>
     <w:rsid w:val="00107DA8"/>
     <w:rsid w:val="001101E4"/>
     <w:rsid w:val="00115F5E"/>
     <w:rsid w:val="00124639"/>
     <w:rsid w:val="00124AFB"/>
     <w:rsid w:val="0012770C"/>
     <w:rsid w:val="00131219"/>
+    <w:rsid w:val="00137948"/>
     <w:rsid w:val="00182FD0"/>
     <w:rsid w:val="0018564B"/>
     <w:rsid w:val="00186251"/>
     <w:rsid w:val="0019452F"/>
     <w:rsid w:val="001A0B7D"/>
     <w:rsid w:val="001A1A24"/>
     <w:rsid w:val="001A2029"/>
     <w:rsid w:val="001A30AE"/>
     <w:rsid w:val="001A50F9"/>
     <w:rsid w:val="001B0F4F"/>
     <w:rsid w:val="001B1B60"/>
     <w:rsid w:val="001B47B2"/>
     <w:rsid w:val="001B7114"/>
     <w:rsid w:val="001C356F"/>
     <w:rsid w:val="001C3B03"/>
     <w:rsid w:val="001C49CA"/>
     <w:rsid w:val="001C5C57"/>
     <w:rsid w:val="001C6855"/>
     <w:rsid w:val="001C6FBC"/>
     <w:rsid w:val="001C79DC"/>
     <w:rsid w:val="001D0E97"/>
     <w:rsid w:val="001D35F1"/>
     <w:rsid w:val="001D4C92"/>
     <w:rsid w:val="001D6CD6"/>
     <w:rsid w:val="001D747E"/>
+    <w:rsid w:val="001D79BD"/>
     <w:rsid w:val="001E5D73"/>
     <w:rsid w:val="001F04D2"/>
     <w:rsid w:val="001F23E8"/>
     <w:rsid w:val="001F528F"/>
     <w:rsid w:val="00204181"/>
     <w:rsid w:val="002057DE"/>
     <w:rsid w:val="00206C85"/>
     <w:rsid w:val="00211B4A"/>
     <w:rsid w:val="002136CB"/>
     <w:rsid w:val="002203EA"/>
     <w:rsid w:val="002255C5"/>
     <w:rsid w:val="00234438"/>
     <w:rsid w:val="0023725A"/>
     <w:rsid w:val="0024004F"/>
     <w:rsid w:val="00242069"/>
     <w:rsid w:val="00242EFA"/>
     <w:rsid w:val="00243C0B"/>
     <w:rsid w:val="00247DF7"/>
     <w:rsid w:val="00260B79"/>
     <w:rsid w:val="00262CA9"/>
     <w:rsid w:val="0026651B"/>
     <w:rsid w:val="00271150"/>
     <w:rsid w:val="00274BBF"/>
     <w:rsid w:val="002758BE"/>
     <w:rsid w:val="00280D0E"/>
     <w:rsid w:val="00286375"/>
     <w:rsid w:val="00296D56"/>
     <w:rsid w:val="00297C39"/>
     <w:rsid w:val="002A0A2D"/>
     <w:rsid w:val="002A13DC"/>
     <w:rsid w:val="002A7124"/>
     <w:rsid w:val="002B4F02"/>
     <w:rsid w:val="002B581F"/>
     <w:rsid w:val="002B6353"/>
     <w:rsid w:val="002C0580"/>
     <w:rsid w:val="002C170D"/>
     <w:rsid w:val="002C66E5"/>
     <w:rsid w:val="002C70AD"/>
+    <w:rsid w:val="002C78E7"/>
     <w:rsid w:val="002D798D"/>
     <w:rsid w:val="002E0DB3"/>
     <w:rsid w:val="002E2A14"/>
     <w:rsid w:val="002E37F4"/>
     <w:rsid w:val="002E6D49"/>
     <w:rsid w:val="002F2423"/>
     <w:rsid w:val="002F66BB"/>
     <w:rsid w:val="002F7045"/>
     <w:rsid w:val="0030169E"/>
     <w:rsid w:val="003028E8"/>
     <w:rsid w:val="00303949"/>
     <w:rsid w:val="00307324"/>
     <w:rsid w:val="003116B7"/>
     <w:rsid w:val="0031303F"/>
     <w:rsid w:val="00315F59"/>
     <w:rsid w:val="003224BF"/>
     <w:rsid w:val="003361B8"/>
     <w:rsid w:val="00337071"/>
     <w:rsid w:val="00337213"/>
     <w:rsid w:val="00337848"/>
     <w:rsid w:val="003419E4"/>
     <w:rsid w:val="00351E3F"/>
     <w:rsid w:val="003662DE"/>
     <w:rsid w:val="003803D6"/>
     <w:rsid w:val="00387CF9"/>
     <w:rsid w:val="003906DD"/>
     <w:rsid w:val="00390E73"/>
     <w:rsid w:val="00392EDC"/>
     <w:rsid w:val="00397CCE"/>
     <w:rsid w:val="003A44F6"/>
     <w:rsid w:val="003A5830"/>
     <w:rsid w:val="003A62F9"/>
     <w:rsid w:val="003A6CFC"/>
     <w:rsid w:val="003A7952"/>
     <w:rsid w:val="003B4421"/>
     <w:rsid w:val="003B4943"/>
     <w:rsid w:val="003D064B"/>
+    <w:rsid w:val="003D1528"/>
     <w:rsid w:val="003D477E"/>
     <w:rsid w:val="003D5094"/>
     <w:rsid w:val="003E25A4"/>
     <w:rsid w:val="003E33C0"/>
     <w:rsid w:val="003E557A"/>
     <w:rsid w:val="003E6085"/>
     <w:rsid w:val="003F7454"/>
     <w:rsid w:val="003F7466"/>
     <w:rsid w:val="003F76A0"/>
     <w:rsid w:val="00403BD8"/>
     <w:rsid w:val="00407ABE"/>
     <w:rsid w:val="00412E44"/>
     <w:rsid w:val="00422E47"/>
     <w:rsid w:val="00424B19"/>
     <w:rsid w:val="004262A8"/>
     <w:rsid w:val="004267C2"/>
     <w:rsid w:val="004313F5"/>
     <w:rsid w:val="0043758D"/>
+    <w:rsid w:val="0044287C"/>
     <w:rsid w:val="00445863"/>
     <w:rsid w:val="0044637A"/>
     <w:rsid w:val="0045532C"/>
     <w:rsid w:val="004575CE"/>
     <w:rsid w:val="00462C89"/>
     <w:rsid w:val="004648B7"/>
     <w:rsid w:val="00471AE2"/>
     <w:rsid w:val="00473283"/>
     <w:rsid w:val="0047478E"/>
     <w:rsid w:val="004776FC"/>
     <w:rsid w:val="00486207"/>
     <w:rsid w:val="00487441"/>
     <w:rsid w:val="004924C7"/>
     <w:rsid w:val="004927A9"/>
     <w:rsid w:val="004A17CD"/>
     <w:rsid w:val="004A2996"/>
     <w:rsid w:val="004B5B80"/>
     <w:rsid w:val="004C5D6F"/>
     <w:rsid w:val="004D5576"/>
     <w:rsid w:val="004E4D6F"/>
     <w:rsid w:val="004F6199"/>
     <w:rsid w:val="005041E3"/>
     <w:rsid w:val="00511064"/>
     <w:rsid w:val="00511531"/>
     <w:rsid w:val="00520394"/>
     <w:rsid w:val="00524C01"/>
     <w:rsid w:val="00537129"/>
     <w:rsid w:val="005418DB"/>
     <w:rsid w:val="005453A3"/>
     <w:rsid w:val="0054639F"/>
     <w:rsid w:val="005518CF"/>
     <w:rsid w:val="00563DC1"/>
     <w:rsid w:val="00570E20"/>
     <w:rsid w:val="0057553C"/>
     <w:rsid w:val="005772D8"/>
     <w:rsid w:val="00577351"/>
+    <w:rsid w:val="00577BA6"/>
     <w:rsid w:val="00585ECF"/>
     <w:rsid w:val="00592C09"/>
     <w:rsid w:val="00594DCB"/>
     <w:rsid w:val="00595862"/>
     <w:rsid w:val="00595ED7"/>
     <w:rsid w:val="005A0751"/>
     <w:rsid w:val="005A2B4D"/>
     <w:rsid w:val="005B0B7D"/>
     <w:rsid w:val="005B2352"/>
     <w:rsid w:val="005B4E35"/>
     <w:rsid w:val="005C1A5A"/>
     <w:rsid w:val="005C38C4"/>
     <w:rsid w:val="005C4CF6"/>
     <w:rsid w:val="005C6302"/>
     <w:rsid w:val="005C694B"/>
     <w:rsid w:val="005C7093"/>
     <w:rsid w:val="005D1373"/>
     <w:rsid w:val="005D5D0A"/>
     <w:rsid w:val="005D6AB0"/>
     <w:rsid w:val="005E150A"/>
     <w:rsid w:val="005E479B"/>
     <w:rsid w:val="005E534E"/>
     <w:rsid w:val="005F18BF"/>
     <w:rsid w:val="005F61EC"/>
     <w:rsid w:val="005F74EA"/>
     <w:rsid w:val="005F79CE"/>
     <w:rsid w:val="00600415"/>
     <w:rsid w:val="00602ED7"/>
     <w:rsid w:val="006062A9"/>
+    <w:rsid w:val="00616636"/>
     <w:rsid w:val="006169A7"/>
     <w:rsid w:val="00620984"/>
     <w:rsid w:val="00625EF5"/>
     <w:rsid w:val="00642BBC"/>
     <w:rsid w:val="0066455A"/>
     <w:rsid w:val="0066552E"/>
     <w:rsid w:val="00666D21"/>
     <w:rsid w:val="00671F08"/>
     <w:rsid w:val="00674806"/>
     <w:rsid w:val="0068206C"/>
     <w:rsid w:val="00682ABA"/>
     <w:rsid w:val="00694F32"/>
     <w:rsid w:val="00696311"/>
     <w:rsid w:val="006A3420"/>
     <w:rsid w:val="006B116A"/>
     <w:rsid w:val="006C0B0F"/>
     <w:rsid w:val="006C174D"/>
     <w:rsid w:val="006D07E8"/>
+    <w:rsid w:val="006D20A2"/>
     <w:rsid w:val="006D4F2D"/>
     <w:rsid w:val="006D589F"/>
     <w:rsid w:val="006E58B4"/>
     <w:rsid w:val="006F0D82"/>
     <w:rsid w:val="006F167E"/>
     <w:rsid w:val="006F2DD3"/>
     <w:rsid w:val="006F6DF1"/>
     <w:rsid w:val="006F725A"/>
     <w:rsid w:val="006F7BBA"/>
     <w:rsid w:val="00715243"/>
     <w:rsid w:val="007200B8"/>
     <w:rsid w:val="007218AD"/>
     <w:rsid w:val="00724A2C"/>
+    <w:rsid w:val="00726208"/>
     <w:rsid w:val="00727E65"/>
+    <w:rsid w:val="00731641"/>
+    <w:rsid w:val="00733C97"/>
     <w:rsid w:val="00733D1B"/>
     <w:rsid w:val="00740602"/>
     <w:rsid w:val="00740AAB"/>
     <w:rsid w:val="00740B83"/>
     <w:rsid w:val="0074702D"/>
     <w:rsid w:val="0075044C"/>
     <w:rsid w:val="007527CC"/>
     <w:rsid w:val="00760E0C"/>
     <w:rsid w:val="007622DF"/>
     <w:rsid w:val="00762503"/>
     <w:rsid w:val="00763F18"/>
     <w:rsid w:val="00770456"/>
     <w:rsid w:val="007814BD"/>
     <w:rsid w:val="00781584"/>
     <w:rsid w:val="007934E2"/>
     <w:rsid w:val="00796B1B"/>
     <w:rsid w:val="00797B31"/>
     <w:rsid w:val="007A533A"/>
     <w:rsid w:val="007A74C5"/>
     <w:rsid w:val="007B35E2"/>
     <w:rsid w:val="007B7DE6"/>
     <w:rsid w:val="007C278C"/>
     <w:rsid w:val="007C49D1"/>
     <w:rsid w:val="007D6C73"/>
     <w:rsid w:val="007D7CEE"/>
@@ -3380,162 +4989,169 @@
     <w:rsid w:val="008B496B"/>
     <w:rsid w:val="008C5F6C"/>
     <w:rsid w:val="008F1BFF"/>
     <w:rsid w:val="009004FA"/>
     <w:rsid w:val="00900D6F"/>
     <w:rsid w:val="00905DB5"/>
     <w:rsid w:val="00912741"/>
     <w:rsid w:val="00917D26"/>
     <w:rsid w:val="009228D5"/>
     <w:rsid w:val="0092317F"/>
     <w:rsid w:val="0092431C"/>
     <w:rsid w:val="00926F8E"/>
     <w:rsid w:val="00927008"/>
     <w:rsid w:val="00930174"/>
     <w:rsid w:val="00931D5E"/>
     <w:rsid w:val="009339C3"/>
     <w:rsid w:val="00944326"/>
     <w:rsid w:val="00955CAB"/>
     <w:rsid w:val="00956C28"/>
     <w:rsid w:val="009678A7"/>
     <w:rsid w:val="009717FC"/>
     <w:rsid w:val="00981DA6"/>
     <w:rsid w:val="00983A57"/>
     <w:rsid w:val="00984DC5"/>
     <w:rsid w:val="00991107"/>
+    <w:rsid w:val="009918D3"/>
     <w:rsid w:val="00993A62"/>
+    <w:rsid w:val="0099420B"/>
     <w:rsid w:val="009967A6"/>
     <w:rsid w:val="009A3D92"/>
     <w:rsid w:val="009A5FE2"/>
     <w:rsid w:val="009B2644"/>
     <w:rsid w:val="009B707D"/>
     <w:rsid w:val="009C0054"/>
     <w:rsid w:val="009C08B1"/>
     <w:rsid w:val="009C75D0"/>
     <w:rsid w:val="009C7E78"/>
     <w:rsid w:val="009D1D66"/>
     <w:rsid w:val="009D1EE1"/>
     <w:rsid w:val="009D1F37"/>
     <w:rsid w:val="009D270C"/>
     <w:rsid w:val="009D2785"/>
     <w:rsid w:val="009D410A"/>
     <w:rsid w:val="009D4176"/>
     <w:rsid w:val="009D627F"/>
     <w:rsid w:val="009E0480"/>
     <w:rsid w:val="009E1E98"/>
     <w:rsid w:val="009E5976"/>
     <w:rsid w:val="00A0094C"/>
     <w:rsid w:val="00A00E33"/>
     <w:rsid w:val="00A068CC"/>
     <w:rsid w:val="00A159A9"/>
     <w:rsid w:val="00A15B53"/>
     <w:rsid w:val="00A23A0C"/>
     <w:rsid w:val="00A241BF"/>
     <w:rsid w:val="00A26AFA"/>
     <w:rsid w:val="00A35424"/>
     <w:rsid w:val="00A37685"/>
     <w:rsid w:val="00A402E9"/>
     <w:rsid w:val="00A57851"/>
     <w:rsid w:val="00A6634C"/>
+    <w:rsid w:val="00A70400"/>
     <w:rsid w:val="00A80F56"/>
+    <w:rsid w:val="00A84001"/>
     <w:rsid w:val="00A879F0"/>
     <w:rsid w:val="00A87B19"/>
     <w:rsid w:val="00AB0DBA"/>
     <w:rsid w:val="00AB233A"/>
     <w:rsid w:val="00AB2B5E"/>
     <w:rsid w:val="00AB3607"/>
     <w:rsid w:val="00AB7674"/>
+    <w:rsid w:val="00AC5C40"/>
     <w:rsid w:val="00AC789E"/>
     <w:rsid w:val="00AD1276"/>
     <w:rsid w:val="00AD4CD1"/>
     <w:rsid w:val="00AD6970"/>
     <w:rsid w:val="00AE370A"/>
     <w:rsid w:val="00AE5258"/>
     <w:rsid w:val="00AE52B3"/>
     <w:rsid w:val="00AF1067"/>
     <w:rsid w:val="00AF340E"/>
     <w:rsid w:val="00B04FE6"/>
     <w:rsid w:val="00B07466"/>
     <w:rsid w:val="00B10318"/>
     <w:rsid w:val="00B144F8"/>
     <w:rsid w:val="00B15A06"/>
     <w:rsid w:val="00B1751E"/>
     <w:rsid w:val="00B24A07"/>
     <w:rsid w:val="00B267BA"/>
     <w:rsid w:val="00B33078"/>
     <w:rsid w:val="00B355E8"/>
     <w:rsid w:val="00B3597C"/>
     <w:rsid w:val="00B35D8F"/>
     <w:rsid w:val="00B40CE7"/>
     <w:rsid w:val="00B45F18"/>
     <w:rsid w:val="00B463EB"/>
     <w:rsid w:val="00B53021"/>
     <w:rsid w:val="00B553C9"/>
     <w:rsid w:val="00B56ECD"/>
     <w:rsid w:val="00B56EFA"/>
     <w:rsid w:val="00B73B6B"/>
     <w:rsid w:val="00B73E34"/>
     <w:rsid w:val="00B779AD"/>
     <w:rsid w:val="00B83D69"/>
     <w:rsid w:val="00B9566C"/>
     <w:rsid w:val="00B964BE"/>
     <w:rsid w:val="00BB73AE"/>
     <w:rsid w:val="00BC3724"/>
     <w:rsid w:val="00BC56BF"/>
     <w:rsid w:val="00BC7C0D"/>
     <w:rsid w:val="00BD21AB"/>
     <w:rsid w:val="00BD2213"/>
+    <w:rsid w:val="00BD71AB"/>
     <w:rsid w:val="00BE0BAA"/>
     <w:rsid w:val="00BE2AED"/>
     <w:rsid w:val="00BE5E68"/>
     <w:rsid w:val="00BE6065"/>
     <w:rsid w:val="00BE6641"/>
     <w:rsid w:val="00C02B2A"/>
     <w:rsid w:val="00C06722"/>
     <w:rsid w:val="00C10DA1"/>
     <w:rsid w:val="00C1645F"/>
     <w:rsid w:val="00C248AD"/>
     <w:rsid w:val="00C34585"/>
     <w:rsid w:val="00C427D7"/>
     <w:rsid w:val="00C44D13"/>
     <w:rsid w:val="00C576B4"/>
     <w:rsid w:val="00C63E88"/>
     <w:rsid w:val="00C722D0"/>
     <w:rsid w:val="00C75C32"/>
     <w:rsid w:val="00C778C9"/>
     <w:rsid w:val="00C77FD4"/>
     <w:rsid w:val="00C81132"/>
     <w:rsid w:val="00C82F51"/>
     <w:rsid w:val="00C83A37"/>
     <w:rsid w:val="00C84895"/>
     <w:rsid w:val="00CA032D"/>
     <w:rsid w:val="00CA1F5F"/>
     <w:rsid w:val="00CA29AD"/>
     <w:rsid w:val="00CA4136"/>
     <w:rsid w:val="00CA4653"/>
     <w:rsid w:val="00CA7DBE"/>
     <w:rsid w:val="00CC5981"/>
+    <w:rsid w:val="00CD748E"/>
     <w:rsid w:val="00CD75AD"/>
     <w:rsid w:val="00CD7CD8"/>
     <w:rsid w:val="00CE3DC2"/>
     <w:rsid w:val="00CE5018"/>
     <w:rsid w:val="00CF20B1"/>
     <w:rsid w:val="00CF3ABC"/>
     <w:rsid w:val="00D07DC5"/>
     <w:rsid w:val="00D23922"/>
     <w:rsid w:val="00D342DF"/>
     <w:rsid w:val="00D36B48"/>
     <w:rsid w:val="00D40853"/>
     <w:rsid w:val="00D41C2F"/>
     <w:rsid w:val="00D55D85"/>
     <w:rsid w:val="00D64272"/>
     <w:rsid w:val="00D676EA"/>
     <w:rsid w:val="00D74E6E"/>
     <w:rsid w:val="00D81634"/>
     <w:rsid w:val="00D84230"/>
     <w:rsid w:val="00D85F7F"/>
     <w:rsid w:val="00D87A93"/>
     <w:rsid w:val="00DA2683"/>
     <w:rsid w:val="00DA5385"/>
     <w:rsid w:val="00DA5AA0"/>
     <w:rsid w:val="00DC5C92"/>
     <w:rsid w:val="00DC7679"/>
@@ -3560,61 +5176,64 @@
     <w:rsid w:val="00E71E35"/>
     <w:rsid w:val="00E724D4"/>
     <w:rsid w:val="00E74C62"/>
     <w:rsid w:val="00E921A0"/>
     <w:rsid w:val="00EA0BB6"/>
     <w:rsid w:val="00EA45D9"/>
     <w:rsid w:val="00EB414D"/>
     <w:rsid w:val="00EB503E"/>
     <w:rsid w:val="00EB524D"/>
     <w:rsid w:val="00EC630D"/>
     <w:rsid w:val="00ED017C"/>
     <w:rsid w:val="00ED2AA0"/>
     <w:rsid w:val="00ED7E2F"/>
     <w:rsid w:val="00EE3844"/>
     <w:rsid w:val="00EE4287"/>
     <w:rsid w:val="00EF0554"/>
     <w:rsid w:val="00EF3935"/>
     <w:rsid w:val="00F0217A"/>
     <w:rsid w:val="00F02C4C"/>
     <w:rsid w:val="00F075DF"/>
     <w:rsid w:val="00F1043D"/>
     <w:rsid w:val="00F12628"/>
     <w:rsid w:val="00F1656C"/>
     <w:rsid w:val="00F220A8"/>
     <w:rsid w:val="00F31285"/>
+    <w:rsid w:val="00F56F7A"/>
     <w:rsid w:val="00F721B7"/>
     <w:rsid w:val="00F73DC2"/>
     <w:rsid w:val="00F7408A"/>
     <w:rsid w:val="00F844E4"/>
     <w:rsid w:val="00F96802"/>
     <w:rsid w:val="00F97102"/>
+    <w:rsid w:val="00F97605"/>
     <w:rsid w:val="00FA2926"/>
     <w:rsid w:val="00FA5C91"/>
     <w:rsid w:val="00FB2E15"/>
     <w:rsid w:val="00FB3E45"/>
     <w:rsid w:val="00FB5934"/>
+    <w:rsid w:val="00FC135B"/>
     <w:rsid w:val="00FC541B"/>
     <w:rsid w:val="00FC5D08"/>
     <w:rsid w:val="00FC7849"/>
     <w:rsid w:val="00FC7DE7"/>
     <w:rsid w:val="00FD0DF9"/>
     <w:rsid w:val="00FD1ECE"/>
     <w:rsid w:val="00FD6ED5"/>
     <w:rsid w:val="00FD7020"/>
     <w:rsid w:val="00FE1311"/>
     <w:rsid w:val="00FE2A77"/>
     <w:rsid w:val="00FE4F7E"/>
     <w:rsid w:val="00FE57FF"/>
     <w:rsid w:val="00FE77F6"/>
     <w:rsid w:val="00FF4785"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -4431,50 +6050,69 @@
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CA4653"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CE5018"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CD748E"/>
+    <w:pPr>
+      <w:spacing w:after="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="88428801">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="141821174">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -4541,50 +6179,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="420027709">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="444694029">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="465899627">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="482235283">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -4620,50 +6271,63 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="603150143">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="676421310">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="776560337">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="892426400">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -5628,76 +7292,76 @@
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:Title>  A handbook to literature</b:Title>
     <b:Year>2009</b:Year>
     <b:City> New Delhi</b:City>
     <b:Publisher> Dorling Kindersley</b:Publisher>
     <b:RefOrder>19</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1BF05A6B-A6B3-4093-8D94-1AA3F50C542C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2140</Characters>
+  <Pages>4</Pages>
+  <Words>1770</Words>
+  <Characters>10095</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>101</Lines>
-  <Paragraphs>56</Paragraphs>
+  <Lines>84</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>International Journal of Multidisciplinary Research and Growth Evaluation                                       www.allmultidisciplinaryjournal.com</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2502</CharactersWithSpaces>
+  <CharactersWithSpaces>11842</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>International Journal of Multidisciplinary Research and Growth Evaluation                                       www.allmultidisciplinaryjournal.com</dc:title>
   <dc:subject/>
   <dc:creator>Windows User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>ad41ddf6-e268-47cd-8f9c-c9f6df6a98de</vt:lpwstr>